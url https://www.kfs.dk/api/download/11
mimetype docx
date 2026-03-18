--- v0 (2026-01-14)
+++ v1 (2026-03-18)
@@ -9,290 +9,296 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1390064D" w14:textId="77777777" w:rsidR="004626AC" w:rsidRPr="00D15B1E" w:rsidRDefault="004626AC" w:rsidP="004626AC">
+    <w:p w14:paraId="1390064D" w14:textId="77777777" w:rsidR="004626AC" w:rsidRPr="003F7C1C" w:rsidRDefault="004626AC" w:rsidP="004626AC">
       <w:pPr>
         <w:keepNext/>
         <w:pageBreakBefore/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="340"/>
         </w:tabs>
         <w:spacing w:after="260" w:line="780" w:lineRule="exact"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:kern w:val="52"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="52"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:kern w:val="52"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="52"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Fuldmagt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174E7F75" w14:textId="3E1DBBD6" w:rsidR="00E84E49" w:rsidRPr="00D15B1E" w:rsidRDefault="004626AC" w:rsidP="004626AC">
+    <w:p w14:paraId="174E7F75" w14:textId="77247FD8" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="004626AC" w:rsidP="004626AC">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="13" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="340"/>
         </w:tabs>
         <w:spacing w:after="520"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ordinær generalforsamling i K</w:t>
       </w:r>
-      <w:r w:rsidR="005A369C" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005A369C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>risteligt Forbund for Studerende</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> d. </w:t>
       </w:r>
-      <w:r w:rsidR="00E27DC3" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003F7C1C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>13</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004749E7" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004749E7" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E27DC3" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003F7C1C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>april</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>marts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0467" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CF0467" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E27DC3" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003F7C1C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397C69EB" w14:textId="77777777" w:rsidR="00DB4803" w:rsidRPr="003F7C1C" w:rsidRDefault="00DB4803" w:rsidP="00ED2C6C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74F841F9" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7307D2FB" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="00D15B1E" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="7307D2FB" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E35EC2F" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="00D15B1E" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="0E35EC2F" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jeg (undertegnede) er medlem af Kristeligt Forbund for Studerende</w:t>
       </w:r>
-      <w:r w:rsidR="008B6E85" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="008B6E85" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B28A6F" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="00D15B1E" w:rsidRDefault="00E84E49" w:rsidP="002B1648">
+    <w:p w14:paraId="45B28A6F" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="00E84E49" w:rsidP="002B1648">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="340"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="da-DK"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DC7CDFC" wp14:editId="689D5632">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>907415</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>151765</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2486025" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Lige forbindelse 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -315,83 +321,83 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="78F30E0E" id="Lige forbindelse 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="71.45pt,11.95pt" to="267.2pt,11.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZBDFTmQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QVrFZR033YFbwg&#10;WHH5AK8zbixsjzU2Tfr3jN02RQtCCPHi+HLOmTkzk+3d7J04ACWLoZfrVSsFBI2DDftefv3y9tWt&#10;FCmrMCiHAXp5hCTvdi9fbKfYwQZHdAOQYJGQuin2csw5dk2T9AhepRVGCPxokLzKfKR9M5CaWN27&#10;ZtO2N82ENERCDSnx7cPpUe6qvjGg80djEmThesm55bpSXZ/K2uy2qtuTiqPV5zTUP2ThlQ0cdJF6&#10;UFmJ72R/kfJWEyY0eaXRN2iM1VA9sJt1+8zN51FFqF64OCkuZUr/T1Z/ONyHR+IyTDF1KT5ScTEb&#10;8uXL+Ym5Fuu4FAvmLDRfbl7f3rSbN1Loy1tzJUZK+R2gF2XTS2dD8aE6dXifMgdj6AXCh2voustH&#10;BwXswicwwg4cbF3ZdSrg3pE4KO7n8G1d+sdaFVkoxjq3kNo/k87YQoM6KX9LXNA1Ioa8EL0NSL+L&#10;mudLquaEv7g+eS22n3A41kbUcnC7q7PzaJZ5+vlc6dcfaPcDAAD//wMAUEsDBBQABgAIAAAAIQAZ&#10;qEdJ3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT4NAEMXvJn6HzZh4s4sUbUWWxvjnZA9I&#10;e/C4ZUcgZWcJuwX00zvGg54mb+blze9lm9l2YsTBt44UXC8iEEiVMy3VCva7l6s1CB80Gd05QgWf&#10;6GGTn59lOjVuojccy1ALDiGfagVNCH0qpa8atNovXI/Etw83WB1YDrU0g5443HYyjqJbaXVL/KHR&#10;PT42WB3Lk1Wwen4ti3562n4VciWLYnRhfXxX6vJifrgHEXAOf2b4wWd0yJnp4E5kvOhYJ/EdWxXE&#10;S55suFkmCYjD70LmmfzfIP8GAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmQQxU5kBAACI&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAGahHSd4A&#10;AAAJAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Navn: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C90D066" w14:textId="77777777" w:rsidR="00652871" w:rsidRPr="00D15B1E" w:rsidRDefault="00E84E49" w:rsidP="002B1648">
+    <w:p w14:paraId="6C90D066" w14:textId="77777777" w:rsidR="00652871" w:rsidRPr="003F7C1C" w:rsidRDefault="00E84E49" w:rsidP="002B1648">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="340"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="da-DK"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2844B749" wp14:editId="34968FAE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>907415</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>158115</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2466975" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Lige forbindelse 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -414,74 +420,74 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="076A7147" id="Lige forbindelse 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="71.45pt,12.45pt" to="265.7pt,12.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMpMW5mwEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815KNxk0FyzkkSC5F&#10;GiTtBzDU0iJKcgmSteS/z5K25SApiiLIheJjZnZnd7W6HK1hWwhRo2v5fFZzBk5ip92m5b9+3ny+&#10;4Cwm4Tph0EHLdxD55frT2WrwDSywR9NBYCTiYjP4lvcp+aaqouzBijhDD44eFQYrEh3DpuqCGEjd&#10;mmpR18tqwND5gBJipNvr/SNfF32lQKYfSkVIzLSccktlDWV9ymu1XolmE4TvtTykId6RhRXaUdBJ&#10;6lokwf4E/UbKahkwokozibZCpbSE4oHczOtXbh574aF4oeJEP5UpfpysvNteuftAZRh8bKK/D9nF&#10;qILNX8qPjaVYu6lYMCYm6XLxZbn89vWcM3l8q05EH2K6BbQsb1putMs+RCO232OiYAQ9QuhwCl12&#10;aWcgg417AMV0R8HmhV2mAq5MYFtB/ex+z3P/SKsgM0VpYyZS/W/SAZtpUCblf4kTukRElyai1Q7D&#10;36Km8Ziq2uOPrvdes+0n7HalEaUc1O7i7DCaeZ5engv99AOtnwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;ADxuU5veAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj09Pg0AQxe8mfofNmHizSxFtRZbG+Odk&#10;D0h78LhlRyBlZwm7BfTTO8aDniZv5uXN72Wb2XZixMG3jhQsFxEIpMqZlmoF+93L1RqED5qM7hyh&#10;gk/0sMnPzzKdGjfRG45lqAWHkE+1giaEPpXSVw1a7ReuR+LbhxusDiyHWppBTxxuOxlH0a20uiX+&#10;0OgeHxusjuXJKlg9v5ZFPz1tvwq5kkUxurA+vit1eTE/3IMIOIc/M/zgMzrkzHRwJzJedKyT+I6t&#10;CuKEJxturpcJiMPvQuaZ/N8g/wYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBMpMW5mwEA&#10;AIgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA8blOb&#10;3gAAAAkBAAAPAAAAAAAAAAAAAAAAAPUDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Adresse:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D75A97A" w14:textId="0153D7DE" w:rsidR="00E84E49" w:rsidRPr="00D15B1E" w:rsidRDefault="00652871" w:rsidP="002B1648">
+    <w:p w14:paraId="6D75A97A" w14:textId="0153D7DE" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="00652871" w:rsidP="002B1648">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="340"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="da-DK"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29EA10F3" wp14:editId="5F669846">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>916940</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>145415</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2447925" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Lige forbindelse 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -504,143 +510,143 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="0E79B56C" id="Lige forbindelse 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="72.2pt,11.45pt" to="264.95pt,11.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDp0To2mQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVcoua7sOu4AXB&#10;issHeJ1xY2F7rLFp0r9n7LYpAoQQ4sXx5Zwzc2Ym29vZO3EAShZDL9erVgoIGgcb9r388vnNs1dS&#10;pKzCoBwG6OURkrzdPX2ynWIHGxzRDUCCRULqptjLMefYNU3SI3iVVhgh8KNB8irzkfbNQGpide+a&#10;Tdu+aCakIRJqSIlv70+Pclf1jQGdPxiTIAvXS84t15Xq+ljWZrdV3Z5UHK0+p6H+IQuvbOCgi9S9&#10;ykp8I/uLlLeaMKHJK42+QWOshuqB3azbn9x8GlWE6oWLk+JSpvT/ZPX7w114IC7DFFOX4gMVF7Mh&#10;X76cn5hrsY5LsWDOQvPl5ubm5evNcyn05a25EiOl/BbQi7LppbOh+FCdOrxLmYMx9ALhwzV03eWj&#10;gwJ24SMYYQcOtq7sOhVw50gcFPdz+Lou/WOtiiwUY51bSO2fSWdsoUGdlL8lLugaEUNeiN4GpN9F&#10;zfMlVXPCX1yfvBbbjzgcayNqObjd1dl5NMs8/Xiu9OsPtPsOAAD//wMAUEsDBBQABgAIAAAAIQD6&#10;+3t/3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzTTpzS4laFtkaYzWkx4Q&#10;PXjcsiOQsrOE3QL66x3jQW/zZl7efC/bz7YTIw6+daRgvYpAIFXOtFQreHt9vNqC8EGT0Z0jVPCJ&#10;Hvb55UWmU+MmesGxDLXgEPKpVtCE0KdS+qpBq/3K9Uh8+3CD1YHlUEsz6InDbSfjKLqRVrfEHxrd&#10;432D1ak8WwWbw1NZ9NPD81chN7IoRhe2p3ellov57hZEwDn8meEHn9EhZ6ajO5PxomOdJAlbFcTx&#10;DgQbruMdD8ffhcwz+b9B/g0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDp0To2mQEAAIgD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD6+3t/3QAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAAPMDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/QQA&#10;AAAA&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Postnr./by:   </w:t>
       </w:r>
-      <w:r w:rsidR="00E84E49" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00E84E49" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F38F67" w14:textId="634A3176" w:rsidR="00E84E49" w:rsidRPr="00D15B1E" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
+    <w:p w14:paraId="55F38F67" w14:textId="7234B55B" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Med min underskrift bekræftes, at jeg har betalt medlemskontingent for 20</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0467" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00CF0467" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E27DC3" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="003F7C1C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BD1336A" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="00E84E49">
+    <w:p w14:paraId="7BD1336A" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="00E84E49">
       <w:pPr>
         <w:ind w:firstLine="340"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23AE50E9" w14:textId="294CA56F" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="00D85DC7">
+    <w:p w14:paraId="23AE50E9" w14:textId="294CA56F" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="00D85DC7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4155"/>
         </w:tabs>
         <w:ind w:firstLine="340"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="da-DK"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52A05B63" wp14:editId="08934814">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>907415</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>126365</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2514600" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Lige forbindelse 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -663,279 +669,297 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="64E734E7" id="Lige forbindelse 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="71.45pt,9.95pt" to="269.45pt,9.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCuwWmCmQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfIPxC8x5KMNggEyzkkSC5B&#10;G7TJBzDU0iLCF5aMJf99l7QtF21RBEEuFB8zszu7q9X1ZA3bAkbtXcebRc0ZOOl77TYdf366u7ji&#10;LCbhemG8g47vIPLr9fnZagwtLP3gTQ/ISMTFdgwdH1IKbVVFOYAVceEDOHpUHq1IdMRN1aMYSd2a&#10;alnXl9XosQ/oJcRIt7f7R74u+kqBTN+VipCY6TjllsqKZX3Ja7VeiXaDIgxaHtIQH8jCCu0o6Cx1&#10;K5Jgb6j/krJaoo9epYX0tvJKaQnFA7lp6j/c/BxEgOKFihPDXKb4ebLy2/bGPSKVYQyxjeERs4tJ&#10;oc1fyo9NpVi7uVgwJSbpcvm1+XJZU03l8a06EQPGdA/esrzpuNEu+xCt2D7ERMEIeoTQ4RS67NLO&#10;QAYb9wMU0z0Fawq7TAXcGGRbQf3sX5vcP9IqyExR2piZVP+fdMBmGpRJeS9xRpeI3qWZaLXz+K+o&#10;aTqmqvb4o+u912z7xfe70ohSDmp3cXYYzTxPv58L/fQDrX8BAAD//wMAUEsDBBQABgAIAAAAIQCw&#10;taTo3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMwELwj8Q/WVuJGnRZo0xCnQjxOcAih&#10;hx7deEmixusodpPA17OIAz3tzO5oZjbdTrYVA/a+caRgMY9AIJXONFQp2H28XMcgfNBkdOsIFXyh&#10;h212eZHqxLiR3nEoQiXYhHyiFdQhdImUvqzRaj93HRLfPl1vdWDaV9L0emRz28plFK2k1Q1xQq07&#10;fKyxPBYnq2D9/Frk3fj09p3LtczzwYX4uFfqajY93IMIOIV/MfzW5+qQcaeDO5HxomV+u9ywlMGG&#10;JwvubmIGh7+FzFJ5/kH2AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK7BaYKZAQAAiAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALC1pOjcAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA8wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00D85DC7" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D85DC7" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7162C798" w14:textId="301A10C2" w:rsidR="00E84E49" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="00E84E49">
+    <w:p w14:paraId="7162C798" w14:textId="301A10C2" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="00E84E49">
       <w:pPr>
         <w:ind w:firstLine="340"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="00E84E49" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00E84E49" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dato</w:t>
       </w:r>
-      <w:r w:rsidR="00D85DC7" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D85DC7" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00E84E49" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00E84E49" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Underskrift</w:t>
       </w:r>
-      <w:r w:rsidR="00D85DC7" w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D85DC7" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="759000F6" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="00D15B1E" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="759000F6" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3081C931" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Nedenstående fuldmagt gælder for alle valghandlinger og emner, der bliver behandlet på generalforsamlingen og vil tillige blive brugt i tilfælde af ændringsforslag til dagsordenspunkterne og fremsættelse af nye forslag til afstemning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E101EF6" w14:textId="201B3E5B" w:rsidR="00E84E49" w:rsidRPr="00D15B1E" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7E101EF6" w14:textId="54A7C801" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeg giver hermed nedenstående fuldmagt til at udøve min stemmeret på </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Kristeligt Forbund for Studerendes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ordinære generalforsamling d</w:t>
       </w:r>
-      <w:r w:rsidR="005E7109" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="005E7109" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E27DC3" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="003F7C1C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>13</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F11C2D" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00F11C2D" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E27DC3" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="003F7C1C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>april</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>marts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0467" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00CF0467" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E27DC3" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="003F7C1C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4AF4" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (skriv navn og adresse)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B80AC1E" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="00D15B1E" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
-[...7 lines deleted...]
-    <w:p w14:paraId="77C2E5C9" w14:textId="45523EBE" w:rsidR="00652871" w:rsidRPr="00D15B1E" w:rsidRDefault="00652871" w:rsidP="002B1648">
+    <w:p w14:paraId="4B80AC1E" w14:textId="77777777" w:rsidR="00E84E49" w:rsidRPr="003F7C1C" w:rsidRDefault="00E84E49" w:rsidP="00E84E49">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77C2E5C9" w14:textId="45523EBE" w:rsidR="00652871" w:rsidRPr="003F7C1C" w:rsidRDefault="00652871" w:rsidP="002B1648">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="340"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="da-DK"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="323EA64F" wp14:editId="4AEE4D19">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>907415</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>126365</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2657475" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Lige forbindelse 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -958,83 +982,83 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="4A619F78" id="Lige forbindelse 9" o:spid="_x0000_s1026" style="position:absolute;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="71.45pt,9.95pt" to="280.7pt,9.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEx4cnmgEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5KNJikEyz4kSC9F&#10;GzTJBzDU0iLCF5asJf99l7QtF0kRBEEuFB8zszu7q+V6tIZtAaP2ruXzWc0ZOOk77TYtf3y4Pf/G&#10;WUzCdcJ4By3fQeTr1dmX5RAaWPjemw6QkYiLzRBa3qcUmqqKsgcr4swHcPSoPFqR6IibqkMxkLo1&#10;1aKuL6vBYxfQS4iRbm/2j3xV9JUCmX4pFSEx03LKLZUVy/qU12q1FM0GRei1PKQhPpCFFdpR0Enq&#10;RiTB/qB+JWW1RB+9SjPpbeWV0hKKB3Izr1+4ue9FgOKFihPDVKb4ebLy5/ba3SGVYQixieEOs4tR&#10;oc1fyo+NpVi7qVgwJibpcnF5cfX16oIzeXyrTsSAMX0Hb1netNxol32IRmx/xETBCHqE0OEUuuzS&#10;zkAGG/cbFNMdBZsXdpkKuDbItoL62T3Pc/9IqyAzRWljJlL9NumAzTQok/Je4oQuEb1LE9Fq5/F/&#10;UdN4TFXt8UfXe6/Z9pPvdqURpRzU7uLsMJp5nv49F/rpB1r9BQAA//8DAFBLAwQUAAYACAAAACEA&#10;Pr2YHd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70j7DpEncWPpprE/XdNpGnCC&#10;QykcOGaN11ZrnKrJ2sKnx4gDnOxnPz3/nOxH24geO187UjCfRSCQCmdqKhW8vz3dbUD4oMnoxhEq&#10;+EQP+3Ryk+jYuIFesc9DKTiEfKwVVCG0sZS+qNBqP3MtEu/OrrM6sOxKaTo9cLht5CKKVtLqmvhC&#10;pVs8Vlhc8qtVsH58zrN2eHj5yuRaZlnvwubyodTtdDzsQAQcw58ZfvAZHVJmOrkrGS8a1svFlq3c&#10;bLmy4X41X4I4/Q5kmsj/H6TfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAETHhyeaAQAA&#10;iAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD69mB3e&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAA9AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Navn: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF65313" w14:textId="77777777" w:rsidR="00652871" w:rsidRPr="00D15B1E" w:rsidRDefault="00652871" w:rsidP="002B1648">
+    <w:p w14:paraId="0AF65313" w14:textId="77777777" w:rsidR="00652871" w:rsidRPr="003F7C1C" w:rsidRDefault="00652871" w:rsidP="002B1648">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="340"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="da-DK"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BDADB97" wp14:editId="293FBE41">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>897890</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>151765</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2628900" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Lige forbindelse 10"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -1057,74 +1081,74 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="55399F63" id="Lige forbindelse 10" o:spid="_x0000_s1026" style="position:absolute;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="70.7pt,11.95pt" to="277.7pt,11.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVebDumQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadIeVkvUdA+7Wi4I&#10;Vnz8AK8zbqy1PdbYNOm/Z+y2KQKEEOLi+OO9N/NmJtu72TtxAEoWQy/Xq1YKCBoHG/a9/Prl8c2t&#10;FCmrMCiHAXp5hCTvdq9fbafYwQZHdAOQYJGQuin2csw5dk2T9AhepRVGCPxokLzKfKR9M5CaWN27&#10;ZtO2N82ENERCDSnx7cPpUe6qvjGg80djEmThesm55bpSXZ/L2uy2qtuTiqPV5zTUP2ThlQ0cdJF6&#10;UFmJb2R/kfJWEyY0eaXRN2iM1VA9sJt1+5Obz6OKUL1wcVJcypT+n6z+cLgPT8RlmGLqUnyi4mI2&#10;5MuX8xNzLdZxKRbMWWi+3Nxsbt+2XFN9eWuuxEgpvwP0omx66WwoPlSnDu9T5mAMvUD4cA1dd/no&#10;oIBd+ARG2IGDrSu7TgXcOxIHxf0cXtalf6xVkYVirHMLqf0z6YwtNKiT8rfEBV0jYsgL0duA9Luo&#10;eb6kak74i+uT12L7GYdjbUQtB7e7OjuPZpmnH8+Vfv2Bdt8BAAD//wMAUEsDBBQABgAIAAAAIQCz&#10;5+Du3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4Uael6SONUyEeJziE&#10;wIGjGy9J1HgdxW4S+PUs4kCPM/tpdibdT7YVA/a+caRgPotAIJXONFQpeH97utmA8EGT0a0jVPCF&#10;HvbZ5UWqE+NGesWhCJXgEPKJVlCH0CVS+rJGq/3MdUh8+3S91YFlX0nT65HDbSsXUbSSVjfEH2rd&#10;4X2N5bE4WQXrx+ci78aHl+9crmWeDy5sjh9KXV9NdzsQAafwD8Nvfa4OGXc6uBMZL1rWy/mSUQWL&#10;2y0IBuI4ZuPwZ8gslecLsh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlXmw7pkBAACI&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAs+fg7t4A&#10;AAAJAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Adresse:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DDA78B" w14:textId="7F3DCFA5" w:rsidR="00652871" w:rsidRPr="00D15B1E" w:rsidRDefault="00652871" w:rsidP="002B1648">
+    <w:p w14:paraId="26DDA78B" w14:textId="7F3DCFA5" w:rsidR="00652871" w:rsidRPr="003F7C1C" w:rsidRDefault="00652871" w:rsidP="002B1648">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="340"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="da-DK"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FCEC451" wp14:editId="321ACEAD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>916940</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>139065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2657475" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="Lige forbindelse 11"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -1147,1301 +1171,1424 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="46A1AB95" id="Lige forbindelse 11" o:spid="_x0000_s1026" style="position:absolute;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="72.2pt,10.95pt" to="281.45pt,10.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEx4cnmgEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5KNJikEyz4kSC9F&#10;GzTJBzDU0iLCF5asJf99l7QtF0kRBEEuFB8zszu7q+V6tIZtAaP2ruXzWc0ZOOk77TYtf3y4Pf/G&#10;WUzCdcJ4By3fQeTr1dmX5RAaWPjemw6QkYiLzRBa3qcUmqqKsgcr4swHcPSoPFqR6IibqkMxkLo1&#10;1aKuL6vBYxfQS4iRbm/2j3xV9JUCmX4pFSEx03LKLZUVy/qU12q1FM0GRei1PKQhPpCFFdpR0Enq&#10;RiTB/qB+JWW1RB+9SjPpbeWV0hKKB3Izr1+4ue9FgOKFihPDVKb4ebLy5/ba3SGVYQixieEOs4tR&#10;oc1fyo+NpVi7qVgwJibpcnF5cfX16oIzeXyrTsSAMX0Hb1netNxol32IRmx/xETBCHqE0OEUuuzS&#10;zkAGG/cbFNMdBZsXdpkKuDbItoL62T3Pc/9IqyAzRWljJlL9NumAzTQok/Je4oQuEb1LE9Fq5/F/&#10;UdN4TFXt8UfXe6/Z9pPvdqURpRzU7uLsMJp5nv49F/rpB1r9BQAA//8DAFBLAwQUAAYACAAAACEA&#10;TgSs0t4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE70j8B2uRuFGnUegjxKkQjxMc&#10;QuDQoxsvSdR4HcVuEvj1LOoBbju7o9lvst1sOzHi4FtHCpaLCARS5UxLtYKP9+ebDQgfNBndOUIF&#10;X+hhl19eZDo1bqI3HMtQCw4hn2oFTQh9KqWvGrTaL1yPxLdPN1gdWA61NIOeONx2Mo6ilbS6Jf7Q&#10;6B4fGqyO5ckqWD+9lEU/Pb5+F3Iti2J0YXPcK3V9Nd/fgQg4hz8z/OIzOuTMdHAnMl50rJMkYauC&#10;eLkFwYbbVczD4byQeSb/N8h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAETHhyeaAQAA&#10;iAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE4ErNLe&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAA9AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Postnr./by:    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319456F9" w14:textId="20713659" w:rsidR="00CC2244" w:rsidRPr="00D15B1E" w:rsidRDefault="00CC2244" w:rsidP="00652871"/>
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="319456F9" w14:textId="20713659" w:rsidR="00CC2244" w:rsidRPr="003F7C1C" w:rsidRDefault="00CC2244" w:rsidP="00652871">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22D959C3" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Du kan sende fuldmagter til os på forhånd på følgende to måder:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07555660" w14:textId="04E36935" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="56297E43" w14:textId="77777777" w:rsidR="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="00CC2244">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">• Med post til Kristelig Forbund for Studerende, </w:t>
       </w:r>
-      <w:r w:rsidR="00E27DC3" w:rsidRPr="00D15B1E">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Jens Baggesens Vej 71, st. 5, 8200 Aarhus N</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C1C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E27DC3" w:rsidRPr="00D15B1E">
-[...7 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="6FDF4DC1" w14:textId="1AAF67B0" w:rsidR="00CC2244" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="00CC2244">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• Indscannet via mail til </w:t>
+      </w:r>
+      <w:r w:rsidR="008B0601" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>thomas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>@kfs</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2244" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.dk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B6DDBF" w14:textId="5BE7B831" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="00CC2244">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BEMÆRK: Af hensyn til den praktiske planlægning og afvikling af generalforsamlingen bedes du sende den udfyldte fuldmagt</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2244" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> til os, så vi har den </w:t>
+      </w:r>
+      <w:r w:rsidR="002005DD" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i hænde </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2244" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>senest</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1557" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> torsdag</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2244" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25604" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>marts</w:t>
+      </w:r>
+      <w:r w:rsidR="00D057BF" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDF4DC1" w14:textId="57553C84" w:rsidR="00CC2244" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="00CC2244">
-[...150 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5665D34F" w14:textId="77777777" w:rsidR="00CC2244" w:rsidRPr="003F7C1C" w:rsidRDefault="00CC2244" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B685F42" w14:textId="5D761DDB" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuldmagt(er) kan også medbringes til generalforsamlingen</w:t>
       </w:r>
-      <w:r w:rsidR="00795D3E" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00795D3E" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> der veksles til stemmesedler (se i øvrigt vejledning på næste side).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E1B2D7D" w14:textId="041770E0" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="00A721B0" w:rsidP="002F011D">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0E1B2D7D" w14:textId="041770E0" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="00A721B0" w:rsidP="002F011D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KFS</w:t>
       </w:r>
-      <w:r w:rsidR="004869BE" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="004869BE" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> behandler fuldmagt</w:t>
       </w:r>
-      <w:r w:rsidR="00F72935" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00F72935" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>erne fortroligt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, men </w:t>
       </w:r>
-      <w:r w:rsidR="00155B28" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00155B28" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kommer til kendskab for fuldmagtshaver.</w:t>
       </w:r>
-      <w:r w:rsidR="008B6E85" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="008B6E85" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43ACC4F7" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+    <w:p w14:paraId="43ACC4F7" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="56"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="56"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vejledning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560D062E" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+    <w:p w14:paraId="560D062E" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
       <w:pPr>
         <w:pStyle w:val="Undertitel"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+        </w:rPr>
         <w:t>Sådan stemmer du med fuldmagt på generalforsamling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB2F35E" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4CB2F35E" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hvis du ikke selv møder op til generalforsamlingen, kan du stemme ved at afgive fuldmagt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="082F4321" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="082F4321" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Afgiver du fuldmagt, er du fuldmagtsgiver.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED184CE" w14:textId="3A0A4661" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5ED184CE" w14:textId="3A0A4661" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Du kan give fuldmagt til </w:t>
       </w:r>
-      <w:r w:rsidR="00B5619F" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00B5619F" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> navngiven person efter dit eget ønske</w:t>
       </w:r>
-      <w:r w:rsidR="00B5619F" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00B5619F" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00044E19" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00044E19" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– også til én fra </w:t>
       </w:r>
-      <w:r w:rsidR="00D75237" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00D75237" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>den siddend</w:t>
       </w:r>
-      <w:r w:rsidR="00D26D45" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00D26D45" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
-      <w:r w:rsidR="00044E19" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00044E19" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bestyrelse</w:t>
       </w:r>
-      <w:r w:rsidR="00D26D45" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00D26D45" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller kandidater til bestyrelsen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Den, der får din fuldmagt, er fuldmagtshaver. Du kan give fuldmagt til såvel medlemmer</w:t>
       </w:r>
-      <w:r w:rsidR="001F7C73" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="001F7C73" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>som ikke-medlemmer af KFS</w:t>
       </w:r>
-      <w:r w:rsidR="001420DB" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="001420DB" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ikke</w:t>
       </w:r>
-      <w:r w:rsidR="00516F32" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00516F32" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-medlemmer kan i eget navn ikke stemme). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der er ingen begrænsninger i antallet af fuldmagter, som en fuldmagtshaver kan modtage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26E0B764" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+    <w:p w14:paraId="26E0B764" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
       <w:pPr>
         <w:pStyle w:val="Overskrift1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+        </w:rPr>
         <w:t>Sådan gør du</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E84807" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="15E84807" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En skriftlig fuldmagt skal:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B200013" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0B200013" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Være dateret og underskrevet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65AF8FF9" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="65AF8FF9" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Indeholde de oplysninger, som er nødvendige for at identificere både fuldmagtsgiver og fuldmagtshaver. Kan vi ikke identificere fuldmagtshaver ud fra de oplysninger, du har givet, er vi nødt til at erklære fuldmagten ugyldig.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3330B4" w14:textId="7FE39BAB" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1B3330B4" w14:textId="382529E3" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Du kan downloade en fuldmagtsblanket fra hjemmesiden</w:t>
       </w:r>
-      <w:r w:rsidR="00137FD3" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00137FD3" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00D01F7C" w:rsidRPr="00D15B1E">
+        <w:r w:rsidR="00AD312D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://kfs.dk/generalforsamling</w:t>
+          <w:t>https://www.kfs.dk/om-kfs/generalforsamling-i-kfs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E23429" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00E23429" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002A5342" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="002A5342" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eller </w:t>
       </w:r>
-      <w:r w:rsidR="002B2DC3" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="002B2DC3" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">du kan få tilsendt en fuldmagtsblanket via posten ved henvendelse </w:t>
       </w:r>
-      <w:r w:rsidR="009D1F05" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="009D1F05" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hurtigst muligt </w:t>
       </w:r>
-      <w:r w:rsidR="00927CFF" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00927CFF" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">til tlf.: 35438282 eller </w:t>
       </w:r>
-      <w:r w:rsidR="00221B81" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00221B81" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">via </w:t>
       </w:r>
-      <w:r w:rsidR="00927CFF" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00927CFF" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mail </w:t>
       </w:r>
-      <w:r w:rsidR="00221B81" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00221B81" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">til </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00221B81" w:rsidRPr="00D15B1E">
+        <w:r w:rsidR="00221B81" w:rsidRPr="003F7C1C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>thomas@kfs.dk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009D1F05" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="009D1F05" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E03CCA" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+    <w:p w14:paraId="15E03CCA" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
       <w:pPr>
         <w:pStyle w:val="Overskrift1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D15B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+        </w:rPr>
         <w:t>Det praktiske</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5688CB3A" w14:textId="79A6D591" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5688CB3A" w14:textId="03C6BAC7" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Af hensyn til den praktiske planlægning og afvikling af generalforsamlingen bedes du sende den udfyldte fuldmagt til os, så vi har den senest </w:t>
       </w:r>
-      <w:r w:rsidR="00D2273E" w:rsidRPr="00D15B1E">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00D2273E" w:rsidRPr="00D15B1E">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>marts</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4B17" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00AA6385" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00AA6385" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00D2273E" w:rsidRPr="00D15B1E">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E9529A" w14:textId="77777777" w:rsidR="00CC2244" w:rsidRPr="00D15B1E" w:rsidRDefault="00CC2244" w:rsidP="00CC2244">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="58E9529A" w14:textId="77777777" w:rsidR="00CC2244" w:rsidRPr="003F7C1C" w:rsidRDefault="00CC2244" w:rsidP="00CC2244">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Du kan sende fuldmagter til os på forhånd på følgende to måder:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A12B251" w14:textId="7E26825D" w:rsidR="00CC2244" w:rsidRPr="00D15B1E" w:rsidRDefault="00CC2244" w:rsidP="00CC2244">
-[...78 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2E5E8F22" w14:textId="7F234AD6" w:rsidR="003F7C1C" w:rsidRDefault="00CC2244" w:rsidP="003F7C1C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Med post til</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C1C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kristelig Forbund for Studerende, </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Jens Baggesens Vej 71, st. 5, 8200 Aarhus N</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C1C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4F9523" w14:textId="7CA5C92A" w:rsidR="00CC2244" w:rsidRPr="003F7C1C" w:rsidRDefault="00CC2244" w:rsidP="00CC2244">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">• Indscannet via mail til </w:t>
       </w:r>
-      <w:r w:rsidR="00C8503D" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00C8503D" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>thomas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">@kfs.dk </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A190CAC" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2A190CAC" w14:textId="77777777" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuldmagtshaver skal identificere sig </w:t>
       </w:r>
-      <w:r w:rsidR="00CC2244" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00CC2244" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ved henvendelse til registreringsbordet ved</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> generalforsamlingen.</w:t>
       </w:r>
-      <w:r w:rsidR="00CC2244" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00CC2244" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Herefter får fuldmagtshaveren udleveret et antal stemmesedler svarende til antallet af</w:t>
       </w:r>
-      <w:r w:rsidR="00CC2244" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00CC2244" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>stemmer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0415F9D7" w14:textId="77777777" w:rsidR="00AB0B5A" w:rsidRPr="00D15B1E" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0415F9D7" w14:textId="77777777" w:rsidR="00AB0B5A" w:rsidRPr="003F7C1C" w:rsidRDefault="008B6E85" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hvis en fuldmagtshaver har flere fuldmagter, </w:t>
       </w:r>
-      <w:r w:rsidR="005125A0" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="005125A0" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">udleveres </w:t>
       </w:r>
-      <w:r w:rsidR="006D5A5C" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="006D5A5C" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">en stemmeseddel pr. fuldmagt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597D7823" w14:textId="481F5C89" w:rsidR="006D5A5C" w:rsidRPr="00D15B1E" w:rsidRDefault="004046B8" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="597D7823" w14:textId="481F5C89" w:rsidR="006D5A5C" w:rsidRPr="003F7C1C" w:rsidRDefault="004046B8" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Den</w:t>
       </w:r>
-      <w:r w:rsidR="00EC1AB1" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00EC1AB1" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> underskrevne f</w:t>
       </w:r>
-      <w:r w:rsidR="0082795D" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="0082795D" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uldmagtssedle</w:t>
       </w:r>
-      <w:r w:rsidR="00EC1AB1" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00EC1AB1" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="0082795D" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="0082795D" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan</w:t>
       </w:r>
-      <w:r w:rsidR="00EC1AB1" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00EC1AB1" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> også</w:t>
       </w:r>
-      <w:r w:rsidR="0082795D" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="0082795D" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> medbringes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>til general</w:t>
       </w:r>
-      <w:r w:rsidR="00B47299" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00B47299" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>forsamlingen</w:t>
       </w:r>
-      <w:r w:rsidR="00EC1AB1" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00EC1AB1" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> med udlevering af stemmeseddel pr. fuldmagt</w:t>
       </w:r>
-      <w:r w:rsidR="00E62ACA" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00E62ACA" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E07FBBA" w14:textId="3E4D1766" w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidRDefault="006D5A5C" w:rsidP="008B6E85">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1E07FBBA" w14:textId="0CFD9CBA" w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidRDefault="006D5A5C" w:rsidP="008B6E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Der må kun sættes krydser, svarende til det ledige antal pladser i bestyrelsen. Der må kun sættes ét kryds ved hver kandidat i hver valgrunde. I 202</w:t>
       </w:r>
-      <w:r w:rsidR="005A7B39" w:rsidRPr="00D15B1E">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00422198" w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">er der </w:t>
       </w:r>
-      <w:r w:rsidR="005A7B39" w:rsidRPr="00D15B1E">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00AE0230">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ledige pladser, derfor må der max. sættes </w:t>
       </w:r>
-      <w:r w:rsidR="005A7B39" w:rsidRPr="00D15B1E">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00AE0230">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> krydser. Der må gerne sættes færre krydser på stemmesedlen. Stemmesedler med </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">flere end </w:t>
       </w:r>
-      <w:r w:rsidR="005A7B39" w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidR="00AE0230">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D15B1E">
-        <w:rPr>
+      <w:r w:rsidRPr="003F7C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>krydser erklæres ugyldige.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008B6E85" w:rsidRPr="00D15B1E" w:rsidSect="006953D9">
+    <w:sectPr w:rsidR="008B6E85" w:rsidRPr="003F7C1C" w:rsidSect="006953D9">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1701" w:right="851" w:bottom="1701" w:left="851" w:header="709" w:footer="286" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F9CF02B" w14:textId="77777777" w:rsidR="003F1C7D" w:rsidRDefault="003F1C7D" w:rsidP="00ED2C6C">
+    <w:p w14:paraId="000E181A" w14:textId="77777777" w:rsidR="000829A1" w:rsidRDefault="000829A1" w:rsidP="00ED2C6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="702C32D9" w14:textId="77777777" w:rsidR="003F1C7D" w:rsidRDefault="003F1C7D" w:rsidP="00ED2C6C">
+    <w:p w14:paraId="3E48E52C" w14:textId="77777777" w:rsidR="000829A1" w:rsidRDefault="000829A1" w:rsidP="00ED2C6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3A7A860E" w14:textId="77777777" w:rsidR="003F1C7D" w:rsidRDefault="003F1C7D">
+    <w:p w14:paraId="65A5DD76" w14:textId="77777777" w:rsidR="000829A1" w:rsidRDefault="000829A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std Cn">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Lucida Grande"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:altName w:val="Sylfaen"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2237F882" w14:textId="72BF7B52" w:rsidR="000B3BFE" w:rsidRDefault="008F690D" w:rsidP="008F690D">
     <w:pPr>
       <w:pStyle w:val="Sidefod"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4819"/>
         <w:tab w:val="clear" w:pos="9638"/>
         <w:tab w:val="left" w:pos="1620"/>
       </w:tabs>
       <w:ind w:left="-1134"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2967B9F6" w14:textId="77777777" w:rsidR="003F1C7D" w:rsidRDefault="003F1C7D" w:rsidP="00ED2C6C">
+    <w:p w14:paraId="4CF84DF4" w14:textId="77777777" w:rsidR="000829A1" w:rsidRDefault="000829A1" w:rsidP="00ED2C6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79E923B5" w14:textId="77777777" w:rsidR="003F1C7D" w:rsidRDefault="003F1C7D" w:rsidP="00ED2C6C">
+    <w:p w14:paraId="03C4A10F" w14:textId="77777777" w:rsidR="000829A1" w:rsidRDefault="000829A1" w:rsidP="00ED2C6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="610BA922" w14:textId="77777777" w:rsidR="003F1C7D" w:rsidRDefault="003F1C7D">
+    <w:p w14:paraId="670EA5AA" w14:textId="77777777" w:rsidR="000829A1" w:rsidRDefault="000829A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E1CA1EB" w14:textId="77777777" w:rsidR="000B3BFE" w:rsidRDefault="000B3BFE">
     <w:pPr>
       <w:pStyle w:val="Sidehoved"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="da-DK"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FBFDFE1" wp14:editId="3EFC9254">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>4686300</wp:posOffset>
           </wp:positionH>
@@ -2512,145 +2659,151 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004626AC"/>
     <w:rsid w:val="00015998"/>
     <w:rsid w:val="00031D35"/>
     <w:rsid w:val="000437C9"/>
     <w:rsid w:val="00044E19"/>
+    <w:rsid w:val="000829A1"/>
     <w:rsid w:val="000A1557"/>
     <w:rsid w:val="000A533F"/>
     <w:rsid w:val="000B3BFE"/>
     <w:rsid w:val="000C5910"/>
     <w:rsid w:val="00137FD3"/>
     <w:rsid w:val="001420DB"/>
     <w:rsid w:val="00155B28"/>
     <w:rsid w:val="001A5DD0"/>
     <w:rsid w:val="001F32C5"/>
     <w:rsid w:val="001F5DFD"/>
     <w:rsid w:val="001F7C73"/>
     <w:rsid w:val="002005DD"/>
     <w:rsid w:val="00211253"/>
     <w:rsid w:val="00221B81"/>
     <w:rsid w:val="00244526"/>
     <w:rsid w:val="0029426C"/>
     <w:rsid w:val="002A5342"/>
     <w:rsid w:val="002B1648"/>
     <w:rsid w:val="002B2DC3"/>
     <w:rsid w:val="002E686A"/>
     <w:rsid w:val="002F011D"/>
     <w:rsid w:val="003224C5"/>
     <w:rsid w:val="00334CA3"/>
     <w:rsid w:val="00370183"/>
     <w:rsid w:val="00395120"/>
     <w:rsid w:val="003C207F"/>
     <w:rsid w:val="003C4B3B"/>
     <w:rsid w:val="003F00BE"/>
     <w:rsid w:val="003F1C7D"/>
+    <w:rsid w:val="003F7C1C"/>
     <w:rsid w:val="004046B8"/>
     <w:rsid w:val="00422198"/>
     <w:rsid w:val="004626AC"/>
     <w:rsid w:val="004749E7"/>
     <w:rsid w:val="004869BE"/>
     <w:rsid w:val="004C3571"/>
     <w:rsid w:val="004C612A"/>
     <w:rsid w:val="005125A0"/>
     <w:rsid w:val="00516F32"/>
     <w:rsid w:val="00523310"/>
     <w:rsid w:val="005A369C"/>
     <w:rsid w:val="005A40DB"/>
     <w:rsid w:val="005A7B39"/>
     <w:rsid w:val="005B69B1"/>
     <w:rsid w:val="005E2CE2"/>
     <w:rsid w:val="005E7109"/>
     <w:rsid w:val="00623A0F"/>
     <w:rsid w:val="00652871"/>
     <w:rsid w:val="006953D9"/>
     <w:rsid w:val="006B4B17"/>
     <w:rsid w:val="006C65C5"/>
     <w:rsid w:val="006D5A5C"/>
     <w:rsid w:val="006E5800"/>
+    <w:rsid w:val="007174AC"/>
     <w:rsid w:val="00795D3E"/>
     <w:rsid w:val="00810C69"/>
     <w:rsid w:val="0082795D"/>
     <w:rsid w:val="008B040F"/>
     <w:rsid w:val="008B0601"/>
     <w:rsid w:val="008B6E85"/>
     <w:rsid w:val="008F690D"/>
     <w:rsid w:val="0090562A"/>
     <w:rsid w:val="00927CFF"/>
     <w:rsid w:val="00932FA7"/>
     <w:rsid w:val="009930E2"/>
     <w:rsid w:val="009D1F05"/>
     <w:rsid w:val="00A57282"/>
     <w:rsid w:val="00A601A1"/>
     <w:rsid w:val="00A72168"/>
     <w:rsid w:val="00A721B0"/>
     <w:rsid w:val="00AA6385"/>
     <w:rsid w:val="00AB0B5A"/>
+    <w:rsid w:val="00AD312D"/>
     <w:rsid w:val="00AD46FC"/>
+    <w:rsid w:val="00AE0230"/>
     <w:rsid w:val="00B12008"/>
     <w:rsid w:val="00B47299"/>
     <w:rsid w:val="00B51948"/>
     <w:rsid w:val="00B5619F"/>
     <w:rsid w:val="00BA645D"/>
     <w:rsid w:val="00C10407"/>
     <w:rsid w:val="00C221B4"/>
     <w:rsid w:val="00C551EC"/>
     <w:rsid w:val="00C8503D"/>
     <w:rsid w:val="00CA114C"/>
     <w:rsid w:val="00CB2EE6"/>
     <w:rsid w:val="00CC2244"/>
     <w:rsid w:val="00CF0467"/>
     <w:rsid w:val="00D01F7C"/>
     <w:rsid w:val="00D036A1"/>
     <w:rsid w:val="00D057BF"/>
     <w:rsid w:val="00D15B1E"/>
     <w:rsid w:val="00D2273E"/>
     <w:rsid w:val="00D25604"/>
     <w:rsid w:val="00D26D45"/>
     <w:rsid w:val="00D75237"/>
     <w:rsid w:val="00D76279"/>
     <w:rsid w:val="00D85DC7"/>
     <w:rsid w:val="00DB4803"/>
+    <w:rsid w:val="00E0511D"/>
     <w:rsid w:val="00E23429"/>
     <w:rsid w:val="00E27DC3"/>
     <w:rsid w:val="00E570D4"/>
     <w:rsid w:val="00E62ACA"/>
     <w:rsid w:val="00E84E49"/>
     <w:rsid w:val="00EA16AF"/>
     <w:rsid w:val="00EC1AB1"/>
     <w:rsid w:val="00EC53CC"/>
     <w:rsid w:val="00ED2C6C"/>
     <w:rsid w:val="00ED38EE"/>
     <w:rsid w:val="00EF4F14"/>
     <w:rsid w:val="00F11C2D"/>
     <w:rsid w:val="00F144BB"/>
     <w:rsid w:val="00F31100"/>
     <w:rsid w:val="00F531C4"/>
     <w:rsid w:val="00F72935"/>
     <w:rsid w:val="00F760D9"/>
     <w:rsid w:val="00F86872"/>
     <w:rsid w:val="00F8743E"/>
     <w:rsid w:val="00FE4AF4"/>
     <w:rsid w:val="00FF6F92"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -3804,51 +3957,51 @@
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BesgtLink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskrifttypeiafsnit"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A40DB"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thomas@kfs.dk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfs.dk/generalforsamling" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thomas@kfs.dk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kfs.dk/om-kfs/generalforsamling-i-kfs" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///L:\Resurse\Brevskabeloner\KFS%20brevpapir%20okt%202012%20skabelon.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kontortema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -4152,52 +4305,67 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101001F5D8F776997EF41A85CF4904E9749B0" ma:contentTypeVersion="18" ma:contentTypeDescription="Opret et nyt dokument." ma:contentTypeScope="" ma:versionID="b4708e01e4e653c4a4aaea7e0af4d386">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dfa7a035-02e4-4618-a71c-65a1b642a402" xmlns:ns3="f2c76f6e-58d5-4234-82c5-f1a79807ca59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc65f1e3d7ea8c78a563c8a2409b6a62" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="dfa7a035-02e4-4618-a71c-65a1b642a402" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f2c76f6e-58d5-4234-82c5-f1a79807ca59">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101001F5D8F776997EF41A85CF4904E9749B0" ma:contentTypeVersion="18" ma:contentTypeDescription="Opret et nyt dokument." ma:contentTypeScope="" ma:versionID="de3a23d21dfce1874ff6da0d5ae58518">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dfa7a035-02e4-4618-a71c-65a1b642a402" xmlns:ns3="f2c76f6e-58d5-4234-82c5-f1a79807ca59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5fb78145a6b8f164bd24277527e8a405" ns2:_="" ns3:_="">
     <xsd:import namespace="dfa7a035-02e4-4618-a71c-65a1b642a402"/>
     <xsd:import namespace="f2c76f6e-58d5-4234-82c5-f1a79807ca59"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByUser" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4406,150 +4574,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{871132E2-8875-45EE-B332-50ABA76379F9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2639B40D-EC12-4B92-9DB7-209FB4C0853C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="dfa7a035-02e4-4618-a71c-65a1b642a402"/>
+    <ds:schemaRef ds:uri="f2c76f6e-58d5-4234-82c5-f1a79807ca59"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49244F7A-F1B5-4DAA-91AA-7FF48DC88976}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20F39F72-32E7-47B8-9613-83950CC5BD0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="dfa7a035-02e4-4618-a71c-65a1b642a402"/>
     <ds:schemaRef ds:uri="f2c76f6e-58d5-4234-82c5-f1a79807ca59"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE462826-0CB3-429F-BC25-E8ECF61834FA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="f2c76f6e-58d5-4234-82c5-f1a79807ca59"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KFS brevpapir okt 2012 skabelon</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>513</Words>
-  <Characters>3130</Characters>
+  <Words>518</Words>
+  <Characters>3164</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kristeligt Forbund for Studerende</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3636</CharactersWithSpaces>
+  <CharactersWithSpaces>3675</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lars Bjerregaard Pedersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001F5D8F776997EF41A85CF4904E9749B0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>